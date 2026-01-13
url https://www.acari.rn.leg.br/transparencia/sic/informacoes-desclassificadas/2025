--- v0 (2025-11-10)
+++ v1 (2026-01-13)
@@ -182,224 +182,224 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE5CD48" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E0108C3" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D6FEB37" w14:textId="65F690AD" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
+    <w:p w14:paraId="2D6FEB37" w14:textId="1B571289" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acari-</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RN, </w:t>
       </w:r>
-      <w:r w:rsidR="00D205C2">
+      <w:r w:rsidR="009A31DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00187A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00187A02">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de</w:t>
       </w:r>
       <w:r w:rsidR="00CD2295">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00187A02">
-[...5 lines deleted...]
-        <w:t>outubro</w:t>
+      <w:r w:rsidR="009A31DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>novembro</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 202</w:t>
       </w:r>
       <w:r w:rsidR="00CD2295">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009143F5" w:rsidRPr="009143F5">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0924CB9D" w14:textId="77777777" w:rsidR="00072A0F" w:rsidRDefault="00072A0F" w:rsidP="009B0CC3">
+    <w:p w14:paraId="08841320" w14:textId="77777777" w:rsidR="002D58CA" w:rsidRDefault="002D58CA" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="273FEA64" w14:textId="77777777" w:rsidR="00072A0F" w:rsidRDefault="00072A0F" w:rsidP="009B0CC3">
+    <w:p w14:paraId="6B0AC211" w14:textId="77777777" w:rsidR="002D58CA" w:rsidRDefault="002D58CA" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37FB5391" w14:textId="77777777" w:rsidR="00072A0F" w:rsidRDefault="00072A0F" w:rsidP="009B0CC3">
+    <w:p w14:paraId="0C75B8FC" w14:textId="77777777" w:rsidR="002D58CA" w:rsidRDefault="002D58CA" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03F64324" w14:textId="77777777" w:rsidR="00072A0F" w:rsidRDefault="00072A0F" w:rsidP="009B0CC3">
+    <w:p w14:paraId="75C7EE87" w14:textId="77777777" w:rsidR="002D58CA" w:rsidRDefault="002D58CA" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="056062B9" w14:textId="196FEEBC" w:rsidR="009B0CC3" w:rsidRDefault="009B0CC3">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="762659BE" wp14:editId="40F11316">
           <wp:extent cx="5400040" cy="996315"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -459,68 +459,71 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B0CC3"/>
     <w:rsid w:val="0004224F"/>
     <w:rsid w:val="00072A0F"/>
     <w:rsid w:val="001317E3"/>
     <w:rsid w:val="00187A02"/>
     <w:rsid w:val="001916CA"/>
     <w:rsid w:val="001A0AA3"/>
     <w:rsid w:val="00243A9D"/>
     <w:rsid w:val="002500C4"/>
     <w:rsid w:val="00286705"/>
+    <w:rsid w:val="002D58CA"/>
     <w:rsid w:val="002E124D"/>
     <w:rsid w:val="002E484D"/>
     <w:rsid w:val="00341A7C"/>
     <w:rsid w:val="003F57A3"/>
     <w:rsid w:val="004B3E49"/>
     <w:rsid w:val="005D3696"/>
     <w:rsid w:val="006736A8"/>
     <w:rsid w:val="00690831"/>
     <w:rsid w:val="007018A7"/>
     <w:rsid w:val="0073047D"/>
     <w:rsid w:val="00753261"/>
     <w:rsid w:val="007E1614"/>
     <w:rsid w:val="00847C5B"/>
     <w:rsid w:val="0086434C"/>
     <w:rsid w:val="009143F5"/>
+    <w:rsid w:val="009A31DA"/>
     <w:rsid w:val="009B0CC3"/>
     <w:rsid w:val="00A86352"/>
     <w:rsid w:val="00AC1263"/>
+    <w:rsid w:val="00B4489F"/>
     <w:rsid w:val="00CD2295"/>
     <w:rsid w:val="00CE253A"/>
     <w:rsid w:val="00D1264D"/>
     <w:rsid w:val="00D205C2"/>
     <w:rsid w:val="00D61EF4"/>
     <w:rsid w:val="00E31F0E"/>
     <w:rsid w:val="00E34F59"/>
     <w:rsid w:val="00E77086"/>
     <w:rsid w:val="00FB35AA"/>
     <w:rsid w:val="00FE105D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
@@ -1362,74 +1365,74 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>22</Words>
-  <Characters>123</Characters>
+  <Characters>124</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>144</CharactersWithSpaces>
+  <CharactersWithSpaces>145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Romeu Dantas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
     <vt:lpwstr>true</vt:lpwstr>