--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="4D47A7CA" w14:textId="3C6CF7B0" w:rsidR="009B0CC3" w:rsidRPr="009143F5" w:rsidRDefault="009B0CC3" w:rsidP="00D1264D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A0D9B84" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="00D1264D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E916C64" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="00D1264D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -92,83 +92,99 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="100DF543" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0286C590" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0755DDF6" w14:textId="357EBAC8" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
+    <w:p w14:paraId="0755DDF6" w14:textId="68DC5C57" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Declaramos para todos os fins</w:t>
-[...15 lines deleted...]
-        <w:t>que, até o momento, não houve documentos desclassificados.</w:t>
+        <w:t xml:space="preserve">Declaramos para todos os fins que </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">na Câmara Municipal de Acari </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009143F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>não houve Documentos Desclassificados no ano de 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0065017D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009143F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0430E623" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62F986EC" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19BA01DA" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
@@ -182,237 +198,221 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE5CD48" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E0108C3" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D6FEB37" w14:textId="1B571289" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
+    <w:p w14:paraId="2D6FEB37" w14:textId="214FFBA9" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acari-</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RN, </w:t>
       </w:r>
-      <w:r w:rsidR="009A31DA">
-[...13 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="0065017D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de</w:t>
-[...15 lines deleted...]
-        <w:t>novembro</w:t>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidR="0065017D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fevereiro</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 202</w:t>
       </w:r>
-      <w:r w:rsidR="00CD2295">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="0065017D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009143F5" w:rsidRPr="009143F5">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08841320" w14:textId="77777777" w:rsidR="002D58CA" w:rsidRDefault="002D58CA" w:rsidP="009B0CC3">
+    <w:p w14:paraId="04486EF9" w14:textId="77777777" w:rsidR="006575F5" w:rsidRDefault="006575F5" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B0AC211" w14:textId="77777777" w:rsidR="002D58CA" w:rsidRDefault="002D58CA" w:rsidP="009B0CC3">
+    <w:p w14:paraId="52C221E6" w14:textId="77777777" w:rsidR="006575F5" w:rsidRDefault="006575F5" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C75B8FC" w14:textId="77777777" w:rsidR="002D58CA" w:rsidRDefault="002D58CA" w:rsidP="009B0CC3">
+    <w:p w14:paraId="7CF5AABE" w14:textId="77777777" w:rsidR="006575F5" w:rsidRDefault="006575F5" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75C7EE87" w14:textId="77777777" w:rsidR="002D58CA" w:rsidRDefault="002D58CA" w:rsidP="009B0CC3">
+    <w:p w14:paraId="71B1FB20" w14:textId="77777777" w:rsidR="006575F5" w:rsidRDefault="006575F5" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="056062B9" w14:textId="196FEEBC" w:rsidR="009B0CC3" w:rsidRDefault="009B0CC3">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="762659BE" wp14:editId="40F11316">
           <wp:extent cx="5400040" cy="996315"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="117964620" name="Imagem 117964620"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Imagem 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -424,148 +424,130 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5400040" cy="996315"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B0CC3"/>
     <w:rsid w:val="0004224F"/>
-    <w:rsid w:val="00072A0F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001916CA"/>
     <w:rsid w:val="001A0AA3"/>
-    <w:rsid w:val="00243A9D"/>
-    <w:rsid w:val="002500C4"/>
+    <w:rsid w:val="002170EF"/>
     <w:rsid w:val="00286705"/>
-    <w:rsid w:val="002D58CA"/>
+    <w:rsid w:val="002D36A3"/>
     <w:rsid w:val="002E124D"/>
     <w:rsid w:val="002E484D"/>
     <w:rsid w:val="00341A7C"/>
-    <w:rsid w:val="003F57A3"/>
+    <w:rsid w:val="00430420"/>
     <w:rsid w:val="004B3E49"/>
     <w:rsid w:val="005D3696"/>
-    <w:rsid w:val="006736A8"/>
+    <w:rsid w:val="006409FC"/>
+    <w:rsid w:val="0065017D"/>
+    <w:rsid w:val="006575F5"/>
     <w:rsid w:val="00690831"/>
-    <w:rsid w:val="007018A7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00753261"/>
     <w:rsid w:val="007E1614"/>
-    <w:rsid w:val="00847C5B"/>
-    <w:rsid w:val="0086434C"/>
     <w:rsid w:val="009143F5"/>
-    <w:rsid w:val="009A31DA"/>
     <w:rsid w:val="009B0CC3"/>
-    <w:rsid w:val="00A86352"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CE253A"/>
+    <w:rsid w:val="009E595F"/>
     <w:rsid w:val="00D1264D"/>
-    <w:rsid w:val="00D205C2"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FE105D"/>
+    <w:rsid w:val="00E1718F"/>
+    <w:rsid w:val="00F703D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0E736C89"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AD99551C-40A1-4D7D-86A9-F7BED79A968C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1022,51 +1004,51 @@
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002E124D"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="811563142">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1317606388">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1364,75 +1346,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>22</Words>
-  <Characters>124</Characters>
+  <Words>27</Words>
+  <Characters>148</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>145</CharactersWithSpaces>
+  <CharactersWithSpaces>174</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Romeu Dantas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
     <vt:lpwstr>true</vt:lpwstr>