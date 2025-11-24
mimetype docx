--- v0 (2025-10-08)
+++ v1 (2025-11-24)
@@ -219,208 +219,216 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE5CD48" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E0108C3" w14:textId="77777777" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D6FEB37" w14:textId="39BCE79A" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
+    <w:p w14:paraId="2D6FEB37" w14:textId="44AEFC3D" w:rsidR="009143F5" w:rsidRPr="009143F5" w:rsidRDefault="009143F5" w:rsidP="009143F5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acari-</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RN, </w:t>
       </w:r>
-      <w:r w:rsidR="0034094C">
-[...5 lines deleted...]
-        <w:t>20</w:t>
+      <w:r w:rsidR="005479C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
-      <w:r w:rsidR="00EE2D52">
-[...5 lines deleted...]
-        <w:t>setembro</w:t>
+      <w:r w:rsidR="005479C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>novembro</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 202</w:t>
       </w:r>
       <w:r w:rsidR="005E0FF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="009143F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009143F5" w:rsidRPr="009143F5">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E2E008D" w14:textId="77777777" w:rsidR="00C47B54" w:rsidRDefault="00C47B54" w:rsidP="009B0CC3">
+    <w:p w14:paraId="10C92FF6" w14:textId="77777777" w:rsidR="00E6030A" w:rsidRDefault="00E6030A" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48F2B00E" w14:textId="77777777" w:rsidR="00C47B54" w:rsidRDefault="00C47B54" w:rsidP="009B0CC3">
+    <w:p w14:paraId="1E5705B8" w14:textId="77777777" w:rsidR="00E6030A" w:rsidRDefault="00E6030A" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28C89A49" w14:textId="77777777" w:rsidR="00C47B54" w:rsidRDefault="00C47B54" w:rsidP="009B0CC3">
+    <w:p w14:paraId="5094353E" w14:textId="77777777" w:rsidR="00E6030A" w:rsidRDefault="00E6030A" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F6F6CC8" w14:textId="77777777" w:rsidR="00C47B54" w:rsidRDefault="00C47B54" w:rsidP="009B0CC3">
+    <w:p w14:paraId="747E3AA8" w14:textId="77777777" w:rsidR="00E6030A" w:rsidRDefault="00E6030A" w:rsidP="009B0CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="056062B9" w14:textId="196FEEBC" w:rsidR="009B0CC3" w:rsidRDefault="009B0CC3">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="762659BE" wp14:editId="40F11316">
           <wp:extent cx="5400040" cy="996315"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -474,95 +482,101 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B0CC3"/>
     <w:rsid w:val="0004224F"/>
     <w:rsid w:val="00076115"/>
     <w:rsid w:val="00117BA2"/>
+    <w:rsid w:val="00123682"/>
     <w:rsid w:val="001A0AA3"/>
     <w:rsid w:val="001C2CB0"/>
     <w:rsid w:val="00202F90"/>
     <w:rsid w:val="00234166"/>
     <w:rsid w:val="00286705"/>
     <w:rsid w:val="00290FC6"/>
     <w:rsid w:val="002D36A3"/>
     <w:rsid w:val="002E124D"/>
     <w:rsid w:val="002E484D"/>
     <w:rsid w:val="0034094C"/>
     <w:rsid w:val="00341A7C"/>
     <w:rsid w:val="00342BD2"/>
     <w:rsid w:val="003940D0"/>
     <w:rsid w:val="00447F04"/>
     <w:rsid w:val="004B3E49"/>
     <w:rsid w:val="004C6D11"/>
     <w:rsid w:val="00534639"/>
     <w:rsid w:val="00537CB4"/>
+    <w:rsid w:val="005479C7"/>
     <w:rsid w:val="00563DC6"/>
     <w:rsid w:val="005862E0"/>
     <w:rsid w:val="005A2C86"/>
     <w:rsid w:val="005D3696"/>
     <w:rsid w:val="005E0FF2"/>
     <w:rsid w:val="00690831"/>
     <w:rsid w:val="006E13E9"/>
     <w:rsid w:val="006E6C42"/>
     <w:rsid w:val="007945F9"/>
     <w:rsid w:val="007D59E8"/>
     <w:rsid w:val="007E1614"/>
     <w:rsid w:val="007E7256"/>
     <w:rsid w:val="009143F5"/>
+    <w:rsid w:val="00987CEB"/>
     <w:rsid w:val="009B0CC3"/>
+    <w:rsid w:val="009B7E13"/>
     <w:rsid w:val="00AB14C0"/>
     <w:rsid w:val="00B535B1"/>
     <w:rsid w:val="00BD6566"/>
     <w:rsid w:val="00C47B54"/>
     <w:rsid w:val="00C70612"/>
     <w:rsid w:val="00C925B2"/>
+    <w:rsid w:val="00CC6B29"/>
     <w:rsid w:val="00CF51C5"/>
     <w:rsid w:val="00D1264D"/>
     <w:rsid w:val="00D2616D"/>
     <w:rsid w:val="00D3655C"/>
     <w:rsid w:val="00D565BB"/>
     <w:rsid w:val="00D76E64"/>
     <w:rsid w:val="00E37BED"/>
+    <w:rsid w:val="00E6030A"/>
     <w:rsid w:val="00EC6728"/>
     <w:rsid w:val="00EE2D52"/>
     <w:rsid w:val="00F47079"/>
     <w:rsid w:val="00F919BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>